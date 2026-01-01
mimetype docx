--- v0 (2025-10-18)
+++ v1 (2026-01-01)
@@ -1,51 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="04DD7A46" w14:textId="77777777" w:rsidR="0044476F" w:rsidRDefault="007F56EC" w:rsidP="00D354FB">
+    <w:p w14:paraId="007573DA" w14:textId="3F385547" w:rsidR="0020277E" w:rsidRDefault="0020277E" w:rsidP="0020277E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>……………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="684A53AE" w14:textId="2A811ED6" w:rsidR="0020277E" w:rsidRPr="00A96061" w:rsidRDefault="0020277E" w:rsidP="00A96061">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020277E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>numer sprawy (nadaje Urząd)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04DD7A46" w14:textId="06724193" w:rsidR="0044476F" w:rsidRDefault="007F56EC" w:rsidP="00D354FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
       <w:r w:rsidR="00D354FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
@@ -127,66 +164,74 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>........................................................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E527625" w14:textId="77777777" w:rsidR="004438C3" w:rsidRPr="00B17193" w:rsidRDefault="004438C3" w:rsidP="00B17193">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>........................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C8B62BF" w14:textId="77777777" w:rsidR="007F56EC" w:rsidRPr="002C59B1" w:rsidRDefault="007F56EC" w:rsidP="00B17193">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="6C8B62BF" w14:textId="58A33F43" w:rsidR="007F56EC" w:rsidRPr="002C59B1" w:rsidRDefault="007F56EC" w:rsidP="00A96061">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">imię i nazwisko, adres, telefon </w:t>
+        <w:t>imię i nazwisko, adres, telefon</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A583C96" w14:textId="77777777" w:rsidR="002C59B1" w:rsidRPr="002C59B1" w:rsidRDefault="002C59B1" w:rsidP="002C59B1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="5670"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C59B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Burmistrz Miasta i Gminy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6619226D" w14:textId="77777777" w:rsidR="007F56EC" w:rsidRPr="002C59B1" w:rsidRDefault="002C59B1" w:rsidP="002C59B1">
       <w:pPr>
@@ -208,437 +253,629 @@
         </w:rPr>
         <w:t>Nowe Miasto</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D4AAAED" w14:textId="77777777" w:rsidR="007F56EC" w:rsidRPr="002C59B1" w:rsidRDefault="00D354FB" w:rsidP="002C59B1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="5670"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C59B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ul. Apteczna 8</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="648C458C" w14:textId="77777777" w:rsidR="00D354FB" w:rsidRPr="002C59B1" w:rsidRDefault="00D354FB" w:rsidP="002C59B1">
+    <w:p w14:paraId="74550B03" w14:textId="25709381" w:rsidR="001809AB" w:rsidRDefault="00D354FB" w:rsidP="00A96061">
       <w:pPr>
         <w:ind w:firstLine="5670"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C59B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>09-120 Nowe Miasto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74550B03" w14:textId="77777777" w:rsidR="001809AB" w:rsidRPr="00B17193" w:rsidRDefault="001809AB" w:rsidP="00B17193">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00B17193">
+    <w:p w14:paraId="678C1A9E" w14:textId="77777777" w:rsidR="00A96061" w:rsidRPr="00A96061" w:rsidRDefault="00A96061" w:rsidP="00A96061">
+      <w:pPr>
+        <w:ind w:firstLine="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="681FE65A" w14:textId="3475600C" w:rsidR="00D90305" w:rsidRPr="00D90305" w:rsidRDefault="00D90305" w:rsidP="00D90305">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict w14:anchorId="6053F95C">
+          <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:stroke joinstyle="miter"/>
+            <v:path gradientshapeok="t" o:connecttype="rect"/>
+          </v:shapetype>
+          <v:shape id="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:292.3pt;margin-top:75.15pt;width:90pt;height:27pt;z-index:251658240;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" strokecolor="white [3212]" strokeweight="0">
+            <v:textbox>
+              <w:txbxContent>
+                <w:p w14:paraId="73ACA688" w14:textId="0909E829" w:rsidR="00D90305" w:rsidRPr="00D90305" w:rsidRDefault="00D90305" w:rsidP="00D90305">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>(i</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D90305">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>lość budynków</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>)</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="007F56EC" w:rsidRPr="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Zwracam</w:t>
       </w:r>
       <w:r w:rsidR="00B17193" w:rsidRPr="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B17193">
+      <w:r w:rsidR="007F56EC" w:rsidRPr="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> się </w:t>
       </w:r>
       <w:r w:rsidR="00B17193" w:rsidRPr="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B17193">
+      <w:r w:rsidR="007F56EC" w:rsidRPr="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">z </w:t>
       </w:r>
       <w:r w:rsidR="00B17193" w:rsidRPr="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000A4F66">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>prośbą</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B17193">
+      <w:r w:rsidR="007F56EC" w:rsidRPr="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B17193" w:rsidRPr="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B17193">
+      <w:r w:rsidR="007F56EC" w:rsidRPr="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00B17193" w:rsidRPr="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B17193">
+      <w:r w:rsidR="007F56EC" w:rsidRPr="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> wyrażenie zgody na budowę przyłącza wodociągowego do działki o</w:t>
       </w:r>
       <w:r w:rsidR="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> numerze ewidencyjnym </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B17193">
+      <w:r w:rsidR="007F56EC" w:rsidRPr="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ..........</w:t>
       </w:r>
       <w:r w:rsidR="00B17193" w:rsidRPr="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
       <w:r w:rsidR="00464DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.....................................</w:t>
+        <w:t>..................................</w:t>
       </w:r>
       <w:r w:rsidR="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B17193" w:rsidRPr="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> położonej w miejscowo</w:t>
+        <w:t xml:space="preserve"> położonej </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17193" w:rsidRPr="00B17193">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miejscowo</w:t>
       </w:r>
       <w:r w:rsidR="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ści ..................................</w:t>
       </w:r>
       <w:r w:rsidR="00B17193" w:rsidRPr="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>..</w:t>
       </w:r>
       <w:r w:rsidR="00464DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>........................</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3E990AF8" w14:textId="77777777" w:rsidR="00B17193" w:rsidRPr="00B17193" w:rsidRDefault="00D354FB" w:rsidP="00B17193">
+        <w:t>...............</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> celem zaopatrzenia w wodę …………….……..planowanych budynków …………………………….…...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52419BBE" w14:textId="65379CE6" w:rsidR="00D90305" w:rsidRPr="00D90305" w:rsidRDefault="00D90305" w:rsidP="00DC37E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D90305">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(rodzaj budynku)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E6BBC7F" w14:textId="70F08A6A" w:rsidR="00DC37E8" w:rsidRPr="00B17193" w:rsidRDefault="00DC37E8" w:rsidP="00B17193">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-[...11 lines deleted...]
-    <w:p w14:paraId="10469527" w14:textId="77777777" w:rsidR="001809AB" w:rsidRDefault="001809AB" w:rsidP="001809AB">
+        <w:t>Do wniosku należy załączyć kopię mapy</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90305">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z planowanym podziałem działki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10469527" w14:textId="3395D9C7" w:rsidR="001809AB" w:rsidRDefault="001809AB" w:rsidP="001809AB">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Zgodę odbiorę osobiście</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7ED4B076" w14:textId="77777777" w:rsidR="001809AB" w:rsidRPr="001809AB" w:rsidRDefault="001809AB" w:rsidP="001809AB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00612EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dbi</w:t>
+      </w:r>
+      <w:r w:rsidR="005D60AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ór osobisty</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E6803EC" w14:textId="70E4B48D" w:rsidR="00B17193" w:rsidRDefault="00C729CF" w:rsidP="00B17193">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Zgodę proszę wysłać na wyżej wskazany adres</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Proszę wysłać</w:t>
+      </w:r>
+      <w:r w:rsidR="005D60AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na wyżej wskazany adres</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D4A8629" w14:textId="77777777" w:rsidR="00D90305" w:rsidRDefault="00D90305" w:rsidP="00D90305">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6E6803EC" w14:textId="77777777" w:rsidR="00B17193" w:rsidRPr="00B17193" w:rsidRDefault="00B17193" w:rsidP="00B17193">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DB48B84" w14:textId="77777777" w:rsidR="00D90305" w:rsidRPr="00A96061" w:rsidRDefault="00D90305" w:rsidP="00A96061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="276B5D09" w14:textId="77777777" w:rsidR="00B17193" w:rsidRPr="00B17193" w:rsidRDefault="00B17193" w:rsidP="00DC37E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.....................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CDCF61D" w14:textId="77777777" w:rsidR="007F56EC" w:rsidRPr="00B17193" w:rsidRDefault="00B17193" w:rsidP="00B17193">
+    <w:p w14:paraId="102AB8E1" w14:textId="3F257E43" w:rsidR="00DC37E8" w:rsidRDefault="00B21C19" w:rsidP="00A96061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="4253"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B17193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>podpis</w:t>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17193" w:rsidRPr="00B17193">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>odpis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BE558FB" w14:textId="3FDA9CF3" w:rsidR="00136CC9" w:rsidRDefault="00DC37E8" w:rsidP="0020277E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21C19" w:rsidRPr="003674EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Podanie numeru telefonu</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00F23" w:rsidRPr="003674EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003674EE" w:rsidRPr="003674EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>jest dobrowolne i służy wyłącznie do kontaktów Urzędu z wnioskodawcą</w:t>
+      </w:r>
+      <w:r w:rsidR="000354D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="660AA84B" w14:textId="77777777" w:rsidR="00DC37E8" w:rsidRPr="0020277E" w:rsidRDefault="00DC37E8" w:rsidP="0020277E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76290269" w14:textId="77777777" w:rsidR="007A5891" w:rsidRPr="00277324" w:rsidRDefault="007A5891" w:rsidP="007A5891">
       <w:pPr>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00277324">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">KLAUZULA INFORMACYJNA DOTYCZĄCA PRZETWARZANIA DANYCH OSOBOWYCH </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E4E5AC7" w14:textId="77777777" w:rsidR="007A5891" w:rsidRPr="00277324" w:rsidRDefault="007A5891" w:rsidP="007A5891">
       <w:pPr>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00277324">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Wypełniając </w:t>
       </w:r>
       <w:r w:rsidR="00A02D70" w:rsidRPr="00277324">
         <w:rPr>
@@ -1148,109 +1385,110 @@
     <w:p w14:paraId="730C2A8E" w14:textId="77777777" w:rsidR="007A5891" w:rsidRPr="006C6D8B" w:rsidRDefault="007A5891" w:rsidP="007A5891">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6D8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Pana/Pani dane osobowe nie będą podlegały zautomatyzowanym procesom podejmowania decyzji przez Administratora Danych, w tym profilowaniu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34C96D77" w14:textId="77777777" w:rsidR="004438C3" w:rsidRPr="002D4228" w:rsidRDefault="004438C3" w:rsidP="007A5891">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="004438C3" w:rsidRPr="002D4228" w:rsidSect="0044476F">
+    <w:sectPr w:rsidR="004438C3" w:rsidRPr="002D4228" w:rsidSect="00FA0C22">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
+    <w:altName w:val="Palatino Linotype"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D2471AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B02CFFC4"/>
     <w:lvl w:ilvl="0" w:tplc="A2C2547A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -1323,50 +1561,162 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="431F2D84"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="65AC0CE8"/>
+    <w:lvl w:ilvl="0" w:tplc="BC12972E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="600F769F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B223414"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -1408,137 +1758,284 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60CC4D38"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="96F48C7E"/>
+    <w:lvl w:ilvl="0" w:tplc="D8DE419E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4613" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5333" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6053" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6773" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7493" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8213" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8933" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9653" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="10373" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1189756362">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1042827668">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="487017132">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1810324521">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4228"/>
     <w:rsid w:val="000128C1"/>
+    <w:rsid w:val="000354D7"/>
     <w:rsid w:val="000A4F66"/>
+    <w:rsid w:val="00136CC9"/>
     <w:rsid w:val="001809AB"/>
+    <w:rsid w:val="0020277E"/>
     <w:rsid w:val="00240E4A"/>
     <w:rsid w:val="00277324"/>
     <w:rsid w:val="002C59B1"/>
     <w:rsid w:val="002D4228"/>
     <w:rsid w:val="00321F2E"/>
+    <w:rsid w:val="003674EE"/>
     <w:rsid w:val="003A3C25"/>
+    <w:rsid w:val="003E5B66"/>
     <w:rsid w:val="004438C3"/>
     <w:rsid w:val="0044476F"/>
+    <w:rsid w:val="00463A83"/>
     <w:rsid w:val="00464DF0"/>
     <w:rsid w:val="00504C0D"/>
     <w:rsid w:val="005B1389"/>
+    <w:rsid w:val="005D60AD"/>
+    <w:rsid w:val="00612EC4"/>
     <w:rsid w:val="006350CE"/>
     <w:rsid w:val="006B7546"/>
+    <w:rsid w:val="006F7ACB"/>
     <w:rsid w:val="00750143"/>
+    <w:rsid w:val="00776221"/>
     <w:rsid w:val="007A5891"/>
     <w:rsid w:val="007D7F86"/>
     <w:rsid w:val="007F56EC"/>
+    <w:rsid w:val="007F7713"/>
     <w:rsid w:val="008E11A4"/>
     <w:rsid w:val="00971F44"/>
     <w:rsid w:val="009866D6"/>
     <w:rsid w:val="00A02D70"/>
+    <w:rsid w:val="00A54D53"/>
     <w:rsid w:val="00A679A0"/>
+    <w:rsid w:val="00A96061"/>
+    <w:rsid w:val="00AF1A5E"/>
     <w:rsid w:val="00B17193"/>
+    <w:rsid w:val="00B21C19"/>
     <w:rsid w:val="00B467E6"/>
     <w:rsid w:val="00B828D2"/>
+    <w:rsid w:val="00BF6D1E"/>
+    <w:rsid w:val="00C21B30"/>
     <w:rsid w:val="00C35704"/>
+    <w:rsid w:val="00C729CF"/>
     <w:rsid w:val="00CB74FB"/>
+    <w:rsid w:val="00D01E00"/>
     <w:rsid w:val="00D34321"/>
     <w:rsid w:val="00D354FB"/>
+    <w:rsid w:val="00D561AD"/>
     <w:rsid w:val="00D64F65"/>
+    <w:rsid w:val="00D90305"/>
+    <w:rsid w:val="00DC37E8"/>
+    <w:rsid w:val="00DD19A8"/>
     <w:rsid w:val="00E20788"/>
+    <w:rsid w:val="00E365F6"/>
+    <w:rsid w:val="00EF0E85"/>
+    <w:rsid w:val="00F00F23"/>
+    <w:rsid w:val="00F67C12"/>
+    <w:rsid w:val="00F70232"/>
+    <w:rsid w:val="00FA0C22"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7E8C63AC"/>
   <w15:docId w15:val="{7291E9FB-71D5-4728-9689-F57FDFB21D2A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1955,52 +2452,54 @@
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Akapitzlist">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="007A5891"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -2270,66 +2769,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D8A851A-83BA-4E27-936C-75B6DAE505E9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>492</Words>
-  <Characters>2958</Characters>
+  <Words>533</Words>
+  <Characters>3203</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3444</CharactersWithSpaces>
+  <CharactersWithSpaces>3729</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>